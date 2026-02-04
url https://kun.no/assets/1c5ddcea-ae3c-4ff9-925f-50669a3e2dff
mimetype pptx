--- v0 (2025-12-22)
+++ v1 (2026-02-04)
@@ -24,52 +24,50 @@
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
   <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/ppt/authors.xml" ContentType="application/vnd.ms-powerpoint.authors+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId15"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId5"/>
     <p:sldId id="274" r:id="rId6"/>
     <p:sldId id="280" r:id="rId7"/>
     <p:sldId id="277" r:id="rId8"/>
@@ -192,55 +190,51 @@
 </p188:authorLst>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:clrMru>
     <a:srgbClr val="663300"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{18B1944E-8760-574F-98DC-098774CE5088}" v="1" dt="2025-12-22T12:11:15.572"/>
-[...3 lines deleted...]
-    <p1510:client id="{F91887F5-1B6E-E387-C754-EEA3A2EAB018}" v="282" dt="2025-12-22T12:09:12.162"/>
+    <p1510:client id="{929370C5-AA7E-0A29-A480-7711A715633C}" v="1" dt="2026-01-21T09:11:29.646"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Middels stil 2 – utheving 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
@@ -443,111 +437,82 @@
           <a:insideH>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:ln>
           </a:insideH>
           <a:insideV>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:ln>
           </a:insideV>
         </a:tcBdr>
         <a:fill>
           <a:noFill/>
         </a:fill>
       </a:tcStyle>
     </a:wholeTbl>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
-    <p:restoredLeft sz="15611"/>
-    <p:restoredTop sz="50930" autoAdjust="0"/>
+    <p:restoredLeft sz="15620"/>
+    <p:restoredTop sz="65301" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="58" d="100"/>
-          <a:sy n="58" d="100"/>
+          <a:sx n="51" d="100"/>
+          <a:sy n="51" d="100"/>
         </p:scale>
-        <p:origin x="3200" y="192"/>
+        <p:origin x="504" y="67"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId20" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/></Relationships>
-[...28 lines deleted...]
-</pc:chgInfo>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId20" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -592,51 +557,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{A908C1C1-6D26-4BE0-A153-34D65D49F88C}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>22.12.2025</a:t>
+              <a:t>21.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for lysbilde 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -863,54 +828,50 @@
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.udir.no/laring-og-trivsel/nasjonale-minoriteter/hva-slags-vern-har-nasjonale-minoriteter-krav-pa/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fn.no/tema/konflikt-og-fred/folkemord" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://snl.no/forf&#248;lgelse" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rasismeveileder.no/ordbok.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ndla.no/nb/r/sosiologi-og-sosialantropologi/integrering-assimilering-segregering-og-marginalisering/0bc5d7531e" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -943,165 +904,81 @@
           <p:cNvPr id="2" name="Plassholder for lysbilde 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Plassholder for notater 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="nb-NO" dirty="0"/>
+            <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4C5F19F3-2394-4CCF-A753-1456D4FE6254}" type="slidenum">
               <a:rPr lang="nb-NO" smtClean="0"/>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1503634940"/>
-      </p:ext>
-[...82 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3485882783"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1129,86 +1006,86 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" b="1" dirty="0">
+              <a:rPr lang="nb-NO" b="1">
                 <a:hlinkClick r:id="rId3"/>
               </a:rPr>
               <a:t>Hva slags vern har nasjonale minoriteter krav på? (udir.no)</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" b="1" dirty="0"/>
+              <a:rPr lang="nb-NO" b="1"/>
               <a:t>: </a:t>
             </a:r>
-            <a:endParaRPr lang="nb-NO" dirty="0"/>
+            <a:endParaRPr lang="nb-NO"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" b="1" dirty="0"/>
+              <a:rPr lang="nb-NO" b="1"/>
               <a:t>https://www.udir.no/laring-og-trivsel/nasjonale-minoriteter/hva-slags-vern-har-nasjonale-minoriteter-krav-pa/ </a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="nb-NO" dirty="0"/>
+            <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4C5F19F3-2394-4CCF-A753-1456D4FE6254}" type="slidenum">
               <a:rPr lang="nb-NO" smtClean="0"/>
               <a:t>2</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
@@ -1252,641 +1129,173 @@
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nb-NO" b="1"/>
               <a:t>Samtalekort med tema romanifolk/tatere </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0">
+            <a:endParaRPr lang="en-US">
               <a:solidFill>
                 <a:srgbClr val="444444"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0">
+            <a:endParaRPr lang="en-US">
               <a:solidFill>
                 <a:srgbClr val="444444"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="228600" indent="-228600">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
-[...50 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0">
+              <a:rPr lang="en-US"/>
+              <a:t>Del elevene i grupper tre og tre. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US">
               <a:solidFill>
                 <a:srgbClr val="444444"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="228600" indent="-228600">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
-[...250 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0">
+              <a:rPr lang="en-US"/>
+              <a:t>Vis bildet og be elevene diskutere seg i mellom og notere ned hva de ser på dette bildet, kan være hvilke barn de tror det er, hvor eller når de tror det er, andre ting som skiller seg ut eller som de tenker på når de ser bildet?</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US">
               <a:solidFill>
                 <a:srgbClr val="444444"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
-[...34 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0">
+              <a:rPr lang="en-US"/>
+              <a:t>3. Elevene deler med resten av klassen. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US">
               <a:solidFill>
                 <a:srgbClr val="444444"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
-[...98 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0">
+              <a:rPr lang="en-US"/>
+              <a:t>4. Reflekter sammen med elevene: Gjør de rene beskrivelser av det de faktisk ser eller reflekterer de over kontekst og fortolker. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US">
               <a:solidFill>
                 <a:srgbClr val="444444"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0">
+            <a:endParaRPr lang="en-US">
               <a:solidFill>
                 <a:srgbClr val="444444"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0">
+            <a:endParaRPr lang="en-US">
               <a:solidFill>
                 <a:srgbClr val="444444"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0">
+            <a:endParaRPr lang="en-US">
               <a:solidFill>
                 <a:srgbClr val="444444"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1"/>
-[...46 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0">
+              <a:rPr lang="en-US"/>
+              <a:t>Informasjon til lærer om Norsk misjon blant hjemløse </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US">
               <a:solidFill>
                 <a:srgbClr val="444444"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0">
+            <a:endParaRPr lang="en-US">
               <a:solidFill>
                 <a:srgbClr val="444444"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="nb-NO"/>
               <a:t>I 1897 ble foreningen til modarbeidelse af omstreifervæsenet stiftet</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" b="1"/>
               <a:t>. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO"/>
               <a:t>Foreningens målsetning var å assimilere romanifolk/tatere inn i norsk kultur. Dette var et oppdrag foreningen utførte på vegne av Kirkedepartementet. Idealet var den norske bondekulturen, som i nasjonalromantikken ble sett som det ekte norske. Målet skulle oppnås ved å fjerne alle spor av de reisendes kultur slik som håndverk, musikk, språk og reisevirksomheten i seg selv. </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" dirty="0">
+            <a:endParaRPr lang="en-US">
               <a:solidFill>
                 <a:srgbClr val="444444"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0">
+            <a:endParaRPr lang="en-US">
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4C5F19F3-2394-4CCF-A753-1456D4FE6254}" type="slidenum">
               <a:rPr lang="nb-NO" smtClean="0"/>
               <a:t>3</a:t>
@@ -1941,101 +1350,101 @@
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nb-NO"/>
               <a:t>2. Vis elevene sitatet fra bestyrer Knut Myhre ved Svanviken Arbeidskoloni. Be elevene sette sammen sitatet med forrige bilde – hva tenker de om bildet og sitatet sammenlagt? </a:t>
             </a:r>
             <a:endParaRPr lang="en-US">
               <a:solidFill>
                 <a:srgbClr val="444444"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="nb-NO" dirty="0">
+            <a:endParaRPr lang="nb-NO">
               <a:solidFill>
                 <a:srgbClr val="444444"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="nb-NO" dirty="0">
+            <a:endParaRPr lang="nb-NO">
               <a:solidFill>
                 <a:srgbClr val="444444"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="nb-NO"/>
               <a:t>Be elevene notere ned hva de tenker om bildet etter å ha sett sitatet. </a:t>
             </a:r>
             <a:endParaRPr lang="en-US">
               <a:solidFill>
                 <a:srgbClr val="444444"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="nb-NO" dirty="0">
+            <a:endParaRPr lang="nb-NO">
               <a:solidFill>
                 <a:srgbClr val="444444"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="nb-NO"/>
               <a:t>Kjenner de til historien? </a:t>
             </a:r>
             <a:endParaRPr lang="en-US">
               <a:solidFill>
                 <a:srgbClr val="444444"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="nb-NO" dirty="0">
+            <a:endParaRPr lang="nb-NO">
               <a:solidFill>
                 <a:srgbClr val="444444"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0">
+            <a:endParaRPr lang="en-US">
               <a:latin typeface="Calibri"/>
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4C5F19F3-2394-4CCF-A753-1456D4FE6254}" type="slidenum">
               <a:rPr lang="nb-NO" smtClean="0"/>
               <a:t>4</a:t>
@@ -2493,89 +1902,89 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Plassholder for notater 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:rPr lang="nb-NO"/>
               <a:t>Hvis klassen trenger tilrettelegging, så finnes det også video uten lydfil, og kun lydfil. De finner du her: </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="1200" b="0" i="0" kern="1200" dirty="0">
+              <a:rPr lang="nb-NO" sz="1200" b="0" i="0" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t> https://kun.no/publikasjoner/film-en-tidslinje-om-den-glemte-historien </a:t>
             </a:r>
-            <a:endParaRPr lang="nb-NO" dirty="0"/>
+            <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4C5F19F3-2394-4CCF-A753-1456D4FE6254}" type="slidenum">
               <a:rPr lang="nb-NO" smtClean="0"/>
               <a:t>7</a:t>
             </a:fld>
-            <a:endParaRPr lang="nb-NO" dirty="0"/>
+            <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2130329484"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -2593,82 +2002,82 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Plassholder for notater 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" dirty="0"/>
+              <a:rPr lang="nb-NO"/>
               <a:t>Her kan elevene reflektere over spørsmålene. Eksempler på konsekvensene kan være tapt språk og kultur, traumer, mistillit, fordommer og rasisme. </a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="nb-NO" dirty="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="nb-NO" dirty="0"/>
+            <a:endParaRPr lang="nb-NO"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for lysbildenummer 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{4C5F19F3-2394-4CCF-A753-1456D4FE6254}" type="slidenum">
               <a:rPr lang="nb-NO" smtClean="0"/>
               <a:t>8</a:t>
             </a:fld>
-            <a:endParaRPr lang="nb-NO" dirty="0"/>
+            <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="45188907"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -3031,51 +2440,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for dato 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4C889EF-56B8-3D73-E9A2-CEEFB38BB1E3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E009AE21-82ED-4124-A6F2-108EDE8ED4F9}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>22.12.2025</a:t>
+              <a:t>21.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for bunntekst 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7ADB993C-E19E-1F97-E9E4-E48927CF8513}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3229,51 +2638,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for dato 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8B7C9F53-8AE2-37B3-5821-8F7C6081E403}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E009AE21-82ED-4124-A6F2-108EDE8ED4F9}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>22.12.2025</a:t>
+              <a:t>21.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for bunntekst 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A27CC5DB-2996-394A-1DD1-D0D09277F854}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3437,51 +2846,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for dato 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AFA21614-65CF-F334-8168-DD11332BFCED}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E009AE21-82ED-4124-A6F2-108EDE8ED4F9}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>22.12.2025</a:t>
+              <a:t>21.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for bunntekst 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9512F17F-490D-4D7E-8F0C-C36A96588F14}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3635,51 +3044,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for dato 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DB4EA6B5-06AE-5D49-BDC4-C60B67211CD4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E009AE21-82ED-4124-A6F2-108EDE8ED4F9}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>22.12.2025</a:t>
+              <a:t>21.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for bunntekst 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7DA5E753-A987-0461-7BB3-915D5D168EB5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3910,51 +3319,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for dato 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2C5D92B7-5F52-BE6B-B520-5354406469F5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E009AE21-82ED-4124-A6F2-108EDE8ED4F9}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>22.12.2025</a:t>
+              <a:t>21.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for bunntekst 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{92473385-FE02-F399-C0D2-3C408D3EA2DB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -4175,51 +3584,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for dato 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{60B49D8B-5D25-D815-5B30-C79866EAE1FA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E009AE21-82ED-4124-A6F2-108EDE8ED4F9}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>22.12.2025</a:t>
+              <a:t>21.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Plassholder for bunntekst 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9BC06960-89EF-576B-9693-E1D89E4DDE61}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -4587,51 +3996,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Plassholder for dato 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2296BF80-F157-4F37-5135-88AA332E6FE6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E009AE21-82ED-4124-A6F2-108EDE8ED4F9}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>22.12.2025</a:t>
+              <a:t>21.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Plassholder for bunntekst 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{50B6DA5A-FC0F-FCA8-E73A-432CA2D6D1AE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -4728,51 +4137,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Plassholder for dato 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EAD66B3A-AE39-7F5C-AAEA-AAF4CDAEB401}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E009AE21-82ED-4124-A6F2-108EDE8ED4F9}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>22.12.2025</a:t>
+              <a:t>21.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Plassholder for bunntekst 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3CDFF7BA-B80E-47E4-7DD4-61CA67D12173}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -4841,51 +4250,51 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Plassholder for dato 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6FE1EA9B-BC22-BECC-EE15-40503F4894BA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E009AE21-82ED-4124-A6F2-108EDE8ED4F9}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>22.12.2025</a:t>
+              <a:t>21.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Plassholder for bunntekst 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0871EE6E-6719-E0B5-A469-B432E3E368A8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -5152,51 +4561,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for dato 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{096AB257-A5AB-738A-6133-BB3432609EB3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E009AE21-82ED-4124-A6F2-108EDE8ED4F9}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>22.12.2025</a:t>
+              <a:t>21.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Plassholder for bunntekst 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F1EB14F-C56B-0EBE-E991-19D70F488552}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -5440,51 +4849,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for dato 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1E492EDB-CA99-A8D6-9410-32627F08D3CE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E009AE21-82ED-4124-A6F2-108EDE8ED4F9}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>22.12.2025</a:t>
+              <a:t>21.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Plassholder for bunntekst 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C997AD4-0E89-F6C0-F99B-65B5D0FDA0D6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -5685,51 +5094,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="82000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E009AE21-82ED-4124-A6F2-108EDE8ED4F9}" type="datetimeFigureOut">
               <a:rPr lang="nb-NO" smtClean="0"/>
-              <a:t>22.12.2025</a:t>
+              <a:t>21.01.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="nb-NO"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Plassholder for bunntekst 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{32F011F2-3BFD-2BB7-44E6-D9D3866BB8C0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -6090,51 +5499,51 @@
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/video" Target="https://www.youtube.com/embed/SGorbMhkCO8?feature=oembed" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
 </file>
@@ -6180,180 +5589,180 @@
           <p:cNvPr id="2" name="Tittel 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{447F93AC-B68C-AD96-EE73-462AF6C0EC66}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2062480" y="2595563"/>
             <a:ext cx="9144000" cy="2387600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" b="1" dirty="0" err="1"/>
+              <a:rPr lang="nb-NO" b="1" err="1"/>
               <a:t>Kvener</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" b="1" dirty="0"/>
+              <a:rPr lang="nb-NO" b="1"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" b="1" dirty="0" err="1"/>
+              <a:rPr lang="nb-NO" b="1" err="1"/>
               <a:t>skogfinner</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" b="1" dirty="0"/>
+              <a:rPr lang="nb-NO" b="1"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" b="1" dirty="0" err="1"/>
+              <a:rPr lang="nb-NO" b="1" err="1"/>
               <a:t>jøder</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" b="1" dirty="0"/>
+              <a:rPr lang="nb-NO" b="1"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" b="1" dirty="0" err="1"/>
+              <a:rPr lang="nb-NO" b="1" err="1"/>
               <a:t>romer</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" b="1" dirty="0"/>
-[...3 lines deleted...]
-              <a:rPr lang="nb-NO" b="1" dirty="0" err="1"/>
+              <a:rPr lang="nb-NO" b="1"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" b="1" err="1"/>
               <a:t>og</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" b="1" dirty="0"/>
-[...3 lines deleted...]
-              <a:rPr lang="nb-NO" b="1" dirty="0" err="1"/>
+              <a:rPr lang="nb-NO" b="1"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" b="1" err="1"/>
               <a:t>romanifolk</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" b="1" dirty="0"/>
+              <a:rPr lang="nb-NO" b="1"/>
               <a:t>/</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" b="1" dirty="0" err="1"/>
+              <a:rPr lang="nb-NO" b="1" err="1"/>
               <a:t>tatere</a:t>
             </a:r>
             <a:endParaRPr lang="nb-NO" b="1"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Undertittel 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{24149675-4199-DCB6-6684-6CDC38AB7077}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2062480" y="5075238"/>
             <a:ext cx="9144000" cy="1655762"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" b="1" dirty="0" err="1"/>
+              <a:rPr lang="nb-NO" b="1" err="1"/>
               <a:t>Nasjonale</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" b="1" dirty="0"/>
-[...3 lines deleted...]
-              <a:rPr lang="nb-NO" b="1" dirty="0" err="1"/>
+              <a:rPr lang="nb-NO" b="1"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" b="1" err="1"/>
               <a:t>minoriteter</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" b="1" dirty="0"/>
-[...3 lines deleted...]
-              <a:rPr lang="nb-NO" b="1" dirty="0" err="1"/>
+              <a:rPr lang="nb-NO" b="1"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" b="1" err="1"/>
               <a:t>i</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" b="1" dirty="0"/>
+              <a:rPr lang="nb-NO" b="1"/>
               <a:t> Norge</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2506882439"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill>
-          <a:blip r:embed="rId3"/>
+          <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1665778892"/>
@@ -6405,435 +5814,419 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1224280" y="771525"/>
             <a:ext cx="6797040" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nb-NO" sz="3800" b="1" err="1"/>
               <a:t>Nasjonale</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="3800" b="1" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="3800" b="1"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="3800" b="1" err="1"/>
               <a:t>minoriteter</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="3800" b="1" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="3800" b="1"/>
               <a:t>: </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="nb-NO" sz="3800" b="1" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="3800" b="1"/>
             </a:br>
             <a:r>
-              <a:rPr lang="nb-NO" sz="3800" b="1" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="3800" b="1"/>
               <a:t>Kvener, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="3800" b="1" err="1"/>
               <a:t>skogfinner</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="3800" b="1" dirty="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="nb-NO" sz="3800" b="1"/>
-              <a:t>jøder,</a:t>
+              <a:t>, jøder,</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="nb-NO" sz="3800" b="1" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="3800" b="1"/>
             </a:br>
             <a:r>
               <a:rPr lang="nb-NO" sz="3800" b="1"/>
-              <a:t>romer</a:t>
-[...3 lines deleted...]
-              <a:t> </a:t>
+              <a:t>romer </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="3800" b="1" err="1"/>
               <a:t>og</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="3800" b="1" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="3800" b="1"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="3800" b="1" err="1"/>
               <a:t>romanifolk</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="3800" b="1" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="3800" b="1"/>
               <a:t>/</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="3800" b="1" err="1"/>
               <a:t>tatere</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="3800" b="1" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="3800" b="1"/>
               <a:t> </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Plassholder for innhold 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{81929959-B7DA-5EAA-F248-053F58FC4078}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3034553" y="3430905"/>
             <a:ext cx="7955280" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="nb-NO" sz="2400" err="1"/>
               <a:t>Grunnlaget</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2400" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="2400"/>
               <a:t> for </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2400" err="1"/>
               <a:t>rettigheter</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2400" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="2400"/>
               <a:t>: FNs </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2400" err="1"/>
               <a:t>konvensjon</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2400" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="2400"/>
               <a:t> om </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2400" err="1"/>
               <a:t>sivile</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2400" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="2400"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2400" err="1"/>
               <a:t>og</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2400" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="2400"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2400" err="1"/>
               <a:t>politiske</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2400" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="2400"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2400" err="1"/>
               <a:t>rettigheter</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2400" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="2400"/>
               <a:t>, Den </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2400" err="1"/>
               <a:t>europeiske</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2400" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="2400"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2400" err="1"/>
               <a:t>pakten</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2400" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="2400"/>
               <a:t> om regions- </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2400" err="1"/>
               <a:t>og</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2400" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="2400"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2400" err="1"/>
               <a:t>minoritetsspråk</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2400" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="2400"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2400" err="1"/>
               <a:t>og</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2400" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="2400"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2400" err="1"/>
               <a:t>Europarådets</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2400" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="2400"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2400" err="1"/>
               <a:t>rammekonvensjon</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2400" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="2400"/>
               <a:t> om </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2400" err="1"/>
               <a:t>beskyttelse</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2400" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="2400"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2400" err="1"/>
               <a:t>av</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2400" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="2400"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2400" err="1"/>
               <a:t>nasjonale</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2400" dirty="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="nb-NO" sz="2400"/>
-              <a:t>minoriteter.</a:t>
+              <a:t> minoriteter.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="nb-NO" sz="2400" err="1"/>
               <a:t>Hører</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2400" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="2400"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2400" err="1"/>
               <a:t>til</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2400" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="2400"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2400" err="1"/>
               <a:t>grupper</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2400" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="2400"/>
               <a:t> med lang </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2400" err="1"/>
               <a:t>tilknytting</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2400" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="2400"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2400" err="1"/>
               <a:t>til</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2400" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="2400"/>
               <a:t> Norge. Disse </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2400" err="1"/>
               <a:t>gruppene</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2400" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="2400"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2400" err="1"/>
               <a:t>har</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2400" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="2400"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2400" err="1"/>
               <a:t>bidratt</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2400" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="2400"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2400" err="1"/>
               <a:t>til</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2400" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="2400"/>
               <a:t> den </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2400" err="1"/>
               <a:t>norske</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2400" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="2400"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2400" err="1"/>
               <a:t>kulturarven</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2400" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="2400"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2400" err="1"/>
               <a:t>og</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2400" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="2400"/>
               <a:t> det er </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2400" err="1"/>
               <a:t>en</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2400" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="2400"/>
               <a:t> del </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2400" err="1"/>
               <a:t>av</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2400" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="2400"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2400" err="1"/>
               <a:t>læreplanen</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2400" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="2400"/>
               <a:t> at vi </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2400" err="1"/>
               <a:t>skal</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2400" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="2400"/>
               <a:t> ha </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2400" err="1"/>
               <a:t>kunnskap</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2400" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="2400"/>
               <a:t> om </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2400" err="1"/>
               <a:t>nasjonale</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2400" dirty="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="nb-NO" sz="2400"/>
-              <a:t>minoriteter. </a:t>
+              <a:t> minoriteter. </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1586780952"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
@@ -6896,131 +6289,131 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ACB51FD1-531B-5704-BDB4-B89F4FA71A5A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8699306" y="1026818"/>
             <a:ext cx="3438144" cy="1239012"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1500" b="1" dirty="0"/>
+              <a:rPr lang="en-US" sz="1500" b="1"/>
               <a:t>Fra Eilert </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1500" b="1" dirty="0" err="1"/>
+              <a:rPr lang="en-US" sz="1500" b="1" err="1"/>
               <a:t>Sundts</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1500" b="1" dirty="0"/>
-[...3 lines deleted...]
-              <a:rPr lang="en-US" sz="1500" b="1" dirty="0" err="1"/>
+              <a:rPr lang="en-US" sz="1500" b="1"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" err="1"/>
               <a:t>barnehjem</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1500" b="1" dirty="0"/>
-[...3 lines deleted...]
-              <a:rPr lang="en-US" sz="1500" b="1" dirty="0" err="1"/>
+              <a:rPr lang="en-US" sz="1500" b="1"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" err="1"/>
               <a:t>i</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1500" b="1" dirty="0"/>
-[...3 lines deleted...]
-              <a:rPr lang="en-US" sz="1500" b="1" dirty="0" err="1"/>
+              <a:rPr lang="en-US" sz="1500" b="1"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" err="1"/>
               <a:t>Eidsvoll</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1500" b="1" dirty="0"/>
+              <a:rPr lang="en-US" sz="1500" b="1"/>
               <a:t>. </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" sz="1500" b="1" i="1" dirty="0"/>
+              <a:rPr lang="en-US" sz="1500" b="1" i="1"/>
             </a:br>
             <a:br>
-              <a:rPr lang="en-US" sz="1500" b="1" i="1" dirty="0"/>
+              <a:rPr lang="en-US" sz="1500" b="1" i="1"/>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" sz="1500" b="1" i="1" dirty="0"/>
+              <a:rPr lang="en-US" sz="1500" b="1" i="1"/>
               <a:t>Foto: Norsk </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1500" b="1" i="1" dirty="0" err="1"/>
+              <a:rPr lang="en-US" sz="1500" b="1" i="1" err="1"/>
               <a:t>misjon</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1500" b="1" i="1" dirty="0"/>
-[...3 lines deleted...]
-              <a:rPr lang="en-US" sz="1500" b="1" i="1" dirty="0" err="1"/>
+              <a:rPr lang="en-US" sz="1500" b="1" i="1"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" i="1" err="1"/>
               <a:t>blandt</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1500" b="1" i="1" dirty="0"/>
-[...3 lines deleted...]
-              <a:rPr lang="en-US" sz="1500" b="1" i="1" dirty="0" err="1"/>
+              <a:rPr lang="en-US" sz="1500" b="1" i="1"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" b="1" i="1" err="1"/>
               <a:t>hjemløse</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1500" b="1" i="1" dirty="0"/>
+              <a:rPr lang="en-US" sz="1500" b="1" i="1"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1500" b="1" i="1" dirty="0" err="1"/>
+              <a:rPr lang="en-US" sz="1500" b="1" i="1" err="1"/>
               <a:t>Riksarkivet</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1500" b="1" i="1" dirty="0"/>
+              <a:rPr lang="en-US" sz="1500" b="1" i="1"/>
               <a:t>, Oslo. </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" sz="1500" b="1" dirty="0"/>
+              <a:rPr lang="en-US" sz="1500" b="1"/>
             </a:br>
-            <a:endParaRPr lang="en-US" sz="1500" b="1" dirty="0"/>
+            <a:endParaRPr lang="en-US" sz="1500" b="1"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1458406736"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
@@ -7666,80 +7059,76 @@
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="nb-NO" sz="2000"/>
               <a:t>Knut </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="1800"/>
               <a:t>Myhre</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2000"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2000" err="1"/>
               <a:t>bestyrer</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2000" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="2000"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2000" err="1"/>
               <a:t>Svanviken</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2000" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="2000"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2000" err="1"/>
               <a:t>arbeidskoloni</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2000" dirty="0"/>
+              <a:rPr lang="nb-NO" sz="2000"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="nb-NO" sz="2000" err="1"/>
               <a:t>til</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="2000" dirty="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="nb-NO" sz="2000"/>
-              <a:t>Ukeblad,1963</a:t>
+              <a:t> Norsk Ukeblad,1963</a:t>
             </a:r>
             <a:endParaRPr lang="nb-NO" sz="2000" i="1"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2529579950"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill>
           <a:blip r:embed="rId3"/>
@@ -7797,52 +7186,52 @@
           <a:xfrm>
             <a:off x="259995" y="367564"/>
             <a:ext cx="11304474" cy="6355966"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Rectangle 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E4B1BC68-D963-748D-464D-28A8C70E8830}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="7404846" y="66345"/>
-            <a:ext cx="4787153" cy="369332"/>
+            <a:off x="7404847" y="66345"/>
+            <a:ext cx="4450198" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
@@ -7855,86 +7244,86 @@
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr eaLnBrk="0" fontAlgn="base" hangingPunct="0">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" altLang="nb-NO" dirty="0">
+              <a:rPr lang="nb-NO" altLang="nb-NO">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Foto: Sverre</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="nb-NO" altLang="nb-NO" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:rPr kumimoji="0" lang="nb-NO" altLang="nb-NO" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t> A. Børretzen </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" altLang="nb-NO" dirty="0">
+              <a:rPr lang="nb-NO" altLang="nb-NO">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>/ </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="nb-NO" altLang="nb-NO" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:rPr kumimoji="0" lang="nb-NO" altLang="nb-NO" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Aktuell / NTB</a:t>
             </a:r>
-            <a:endParaRPr lang="nb-NO" dirty="0">
+            <a:endParaRPr lang="nb-NO">
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2803184782"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill>
@@ -8135,498 +7524,94 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{91E4B499-FB65-9F3A-DFD8-6699A726FB8E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1929384"/>
             <a:ext cx="5262880" cy="4251960"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" sz="1800" b="1" err="1"/>
-[...101 lines deleted...]
-              <a:rPr lang="nb-NO" sz="1800" b="1" err="1"/>
+              <a:rPr lang="nb-NO" sz="1800" b="1" dirty="0"/>
+              <a:t>Assimilering </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1800" dirty="0"/>
+              <a:t>er når minoritetskulturen blir tvunget inni majoritetskulturen og mister den opprinnelige kulturen sin (NDLA, 2020)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1800" b="1" dirty="0"/>
               <a:t>Ekskludering</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="nb-NO" sz="1800"/>
-[...206 lines deleted...]
-              <a:t>. </a:t>
+              <a:rPr lang="nb-NO" sz="1800" dirty="0"/>
+              <a:t> er når noen blir holdt utenfor. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1800" b="1" dirty="0"/>
+              <a:t>Segregering </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1800" dirty="0"/>
+              <a:t>er når ulike kulturer, religioner eller grupper av mennesker lever atskilte. Noen ganger er det intensjon å segregere, mens andre ganger det en konsekvens av ulike prosesser. </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="nb-NO" sz="1800"/>
+              <a:rPr lang="nb-NO" sz="1800" dirty="0"/>
             </a:br>
-            <a:endParaRPr lang="nb-NO" sz="1800"/>
-[...128 lines deleted...]
-            <a:endParaRPr lang="nb-NO" sz="1800"/>
+            <a:endParaRPr lang="nb-NO" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1800" b="1" dirty="0"/>
+              <a:t>Forfølgelse </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="nb-NO" sz="1800" dirty="0"/>
+              <a:t>er en grov for krenkelse, der myndigheter eller maktpersoner foretar gjentatte overgrep mot enkeltpersoner eller –grupper (Store norske leksikon, 2025)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="nb-NO" sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Plassholder for innhold 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5883CCB8-BC09-0C75-E5C6-BBA022D58E66}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6517640" y="1401064"/>
             <a:ext cx="5090160" cy="4251960"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
@@ -9742,274 +8727,117 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F1E371F-F6A5-ACE5-AE1B-ACA82CF21207}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="86360" y="2376805"/>
             <a:ext cx="3525520" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="nb-NO" sz="3600" b="1" dirty="0" err="1"/>
+              <a:rPr lang="nb-NO" sz="3600" b="1" err="1"/>
               <a:t>Klassesamtale</a:t>
             </a:r>
             <a:endParaRPr lang="nb-NO" sz="3600" b="1"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Plassholder for innhold 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{594BAD27-7BC2-A457-7C4F-366B30F05C30}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3501044" y="1070090"/>
             <a:ext cx="6990080" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="514350" indent="-514350">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" b="1" dirty="0" err="1"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="nb-NO" b="1" dirty="0"/>
-              <a:t> </a:t>
-[...53 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+              <a:t>Hva tenker dere om filmen dere nå har sett? </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="514350" indent="-514350">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" b="1" err="1"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="nb-NO" b="1" dirty="0"/>
-              <a:t> </a:t>
-[...75 lines deleted...]
-              <a:t>fått? </a:t>
+              <a:t>Hvilke konsekvenser har handlingene som de nasjonale minoritetene har blitt utsatt for fått? </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="514350" indent="-514350">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="nb-NO" b="1" err="1"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="nb-NO" b="1" dirty="0"/>
-              <a:t> </a:t>
-[...5 lines deleted...]
-            <a:r>
+              <a:t>Hvorfor skjedde fornorskningen</a:t>
+            </a:r>
+            <a:br>
               <a:rPr lang="nb-NO" b="1" dirty="0"/>
-              <a:t> </a:t>
-[...4 lines deleted...]
-            </a:r>
+            </a:br>
             <a:r>
               <a:rPr lang="nb-NO" b="1" dirty="0"/>
-              <a:t> </a:t>
-[...7 lines deleted...]
-              <a:t>?</a:t>
+              <a:t>og ekskluderingen?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="nb-NO" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1289807550"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
@@ -10100,280 +8928,280 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1307B67-DF0B-E389-8444-3469F11FAE03}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6034860" y="2706624"/>
             <a:ext cx="4904412" cy="3483864"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2200"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0"/>
               <a:t>Lag </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200" err="1"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0" err="1"/>
               <a:t>en</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200"/>
-[...3 lines deleted...]
-              <a:rPr lang="en-US" sz="2200" err="1"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0" err="1"/>
               <a:t>tidslinje</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0"/>
               <a:t> for </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200" err="1"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0" err="1"/>
               <a:t>én</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200"/>
-[...3 lines deleted...]
-              <a:rPr lang="en-US" sz="2200" err="1"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0"/>
+              <a:t> av de </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0" err="1"/>
               <a:t>nasjonale</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200"/>
-[...3 lines deleted...]
-              <a:rPr lang="en-US" sz="2200" err="1"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0" err="1"/>
               <a:t>minoritene</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2200"/>
-[...3 lines deleted...]
-              <a:rPr lang="en-US" sz="2200"/>
+            <a:endParaRPr lang="en-US" sz="2200" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0"/>
               <a:t>Presenter </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200" err="1"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0" err="1"/>
               <a:t>tildslinja</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0"/>
               <a:t> for </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200" err="1"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0" err="1"/>
               <a:t>klassen</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200"/>
-[...3 lines deleted...]
-              <a:rPr lang="en-US" sz="2200" err="1"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0" err="1"/>
               <a:t>sammen</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0"/>
               <a:t> med </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200" err="1"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0" err="1"/>
               <a:t>refleksjoner</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200"/>
-[...3 lines deleted...]
-              <a:rPr lang="en-US" sz="2200" err="1"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0" err="1"/>
               <a:t>til</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200"/>
-[...3 lines deleted...]
-              <a:rPr lang="en-US" sz="2200" err="1"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0" err="1"/>
               <a:t>spørsmålene</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0"/>
               <a:t>: </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" sz="2200" err="1"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0" err="1"/>
               <a:t>Hvordan</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200"/>
-[...3 lines deleted...]
-              <a:rPr lang="en-US" sz="2200" err="1"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0" err="1"/>
               <a:t>kunne</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200"/>
-[...3 lines deleted...]
-              <a:rPr lang="en-US" sz="2200" err="1"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0" err="1"/>
               <a:t>dette</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200"/>
-[...3 lines deleted...]
-              <a:rPr lang="en-US" sz="2200" err="1"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0" err="1"/>
               <a:t>skje</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0"/>
               <a:t>? </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" sz="2200" err="1"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0" err="1"/>
               <a:t>Hvilke</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200"/>
-[...3 lines deleted...]
-              <a:rPr lang="en-US" sz="2200" err="1"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0" err="1"/>
               <a:t>konsekvenser</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200"/>
-[...3 lines deleted...]
-              <a:rPr lang="en-US" sz="2200" err="1"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0" err="1"/>
               <a:t>har</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200"/>
-[...3 lines deleted...]
-              <a:rPr lang="en-US" sz="2200" err="1"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0" err="1"/>
               <a:t>historien</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200"/>
-[...3 lines deleted...]
-              <a:rPr lang="en-US" sz="2200" err="1"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0" err="1"/>
               <a:t>fått</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0"/>
               <a:t>? </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" sz="2200" err="1"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0" err="1"/>
               <a:t>Hva</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200"/>
-[...3 lines deleted...]
-              <a:rPr lang="en-US" sz="2200" err="1"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0" err="1"/>
               <a:t>har</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0"/>
               <a:t> vi </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200" err="1"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0" err="1"/>
               <a:t>lært</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0"/>
               <a:t>/</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200" err="1"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0" err="1"/>
               <a:t>kan</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0"/>
               <a:t> vi </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200" err="1"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0" err="1"/>
               <a:t>lære</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0"/>
               <a:t> av </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200" err="1"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0" err="1"/>
               <a:t>historien</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0"/>
               <a:t>?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
-            <a:endParaRPr lang="en-US" sz="2200"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="2200"/>
+            <a:endParaRPr lang="en-US" sz="2200" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="2200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4242072338"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -10989,52 +9817,64 @@
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101001FD4D91D563B08438D9119668B40AB86" ma:contentTypeVersion="21" ma:contentTypeDescription="Opprett et nytt dokument." ma:contentTypeScope="" ma:versionID="15d3668bf95bbc1d3948d9c0dade8af0">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e3317d8c-004b-454d-a623-33801b5a34ae" xmlns:ns3="bd358e47-464e-475d-a5a7-9fb3fa7ffae4" xmlns:ns4="43e7e4c9-d60e-4513-b2f7-8ffd6e91b882" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d9a79c221d00574c2bdf076e8edb86b9" ns2:_="" ns3:_="" ns4:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="bd358e47-464e-475d-a5a7-9fb3fa7ffae4">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="43e7e4c9-d60e-4513-b2f7-8ffd6e91b882" xsi:nil="true"/>
+    <_Flow_SignoffStatus xmlns="bd358e47-464e-475d-a5a7-9fb3fa7ffae4" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101001FD4D91D563B08438D9119668B40AB86" ma:contentTypeVersion="21" ma:contentTypeDescription="Opprett et nytt dokument." ma:contentTypeScope="" ma:versionID="6c77d2bf8d0f6b2baa01f59702484d18">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e3317d8c-004b-454d-a623-33801b5a34ae" xmlns:ns3="bd358e47-464e-475d-a5a7-9fb3fa7ffae4" xmlns:ns4="43e7e4c9-d60e-4513-b2f7-8ffd6e91b882" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0ca566bff4afb349865c4f593e3ba6cd" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="e3317d8c-004b-454d-a623-33801b5a34ae"/>
     <xsd:import namespace="bd358e47-464e-475d-a5a7-9fb3fa7ffae4"/>
     <xsd:import namespace="43e7e4c9-d60e-4513-b2f7-8ffd6e91b882"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:LastSharedByUser" minOccurs="0"/>
                 <xsd:element ref="ns2:LastSharedByTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:_Flow_SignoffStatus" minOccurs="0"/>
@@ -11268,157 +10108,128 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7BA64A83-05B5-41FE-BC58-09DD4B8B5906}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B413928D-7851-4EA3-9014-32C1478C7C38}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="43e7e4c9-d60e-4513-b2f7-8ffd6e91b882"/>
     <ds:schemaRef ds:uri="bd358e47-464e-475d-a5a7-9fb3fa7ffae4"/>
-    <ds:schemaRef ds:uri="e3317d8c-004b-454d-a623-33801b5a34ae"/>
-[...4 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B413928D-7851-4EA3-9014-32C1478C7C38}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F81ECB08-5E01-4386-B73D-208B43CD761B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="e3317d8c-004b-454d-a623-33801b5a34ae"/>
+    <ds:schemaRef ds:uri="bd358e47-464e-475d-a5a7-9fb3fa7ffae4"/>
     <ds:schemaRef ds:uri="43e7e4c9-d60e-4513-b2f7-8ffd6e91b882"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="bd358e47-464e-475d-a5a7-9fb3fa7ffae4"/>
-    <ds:schemaRef ds:uri="e3317d8c-004b-454d-a623-33801b5a34ae"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E82046E2-0E9C-4437-A51E-346E639A9A2B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>1340</Words>
-  <Application>Microsoft Macintosh PowerPoint</Application>
+  <Words>1337</Words>
+  <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>90</Paragraphs>
+  <Paragraphs>89</Paragraphs>
   <Slides>10</Slides>
-  <Notes>10</Notes>
+  <Notes>9</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>1</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="6" baseType="variant">
-[...5 lines deleted...]
-      </vt:variant>
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>10</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="15" baseType="lpstr">
-[...3 lines deleted...]
-      <vt:lpstr>Calibri</vt:lpstr>
+    <vt:vector size="11" baseType="lpstr">
       <vt:lpstr>Office-tema</vt:lpstr>
       <vt:lpstr>Kvener, skogfinner, jøder, romer og romanifolk/tatere</vt:lpstr>
       <vt:lpstr>Nasjonale minoriteter:  Kvener, skogfinner, jøder, romer og romanifolk/tatere </vt:lpstr>
       <vt:lpstr>Fra Eilert Sundts barnehjem i Eidsvoll.   Foto: Norsk misjon blandt hjemløse, Riksarkivet, Oslo.  </vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>Klassesamtale</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Minela Košuta</dc:creator>