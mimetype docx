--- v0 (2025-12-02)
+++ v1 (2026-01-12)
@@ -1,765 +1,671 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="005D7DE3" w:rsidP="005D7DE3" w:rsidRDefault="005D7DE3" w14:paraId="5C4FEE03" w14:textId="77777777">
+    <w:p w14:paraId="5C4FEE03" w14:textId="77777777" w:rsidR="005D7DE3" w:rsidRDefault="005D7DE3" w:rsidP="005D7DE3">
       <w:pPr>
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="6FC9B4C2" w:rsidR="005D7DE3">
+      <w:r w:rsidRPr="6FC9B4C2">
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Informasjon om likestilling og </w:t>
       </w:r>
-      <w:r w:rsidRPr="6FC9B4C2" w:rsidR="005D7DE3">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="6FC9B4C2">
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>mangfoldsarbeidet</w:t>
       </w:r>
-      <w:r w:rsidRPr="6FC9B4C2" w:rsidR="005D7DE3">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="6FC9B4C2">
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> i vår </w:t>
-[...14 lines deleted...]
-        <w:commentReference w:id="106448592"/>
+        <w:t xml:space="preserve"> i vår barnehage</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00975572" w:rsidP="005D7DE3" w:rsidRDefault="005D7DE3" w14:paraId="42D45220" w14:textId="09E55F78">
+    <w:p w14:paraId="42D45220" w14:textId="09E55F78" w:rsidR="00975572" w:rsidRDefault="005D7DE3" w:rsidP="005D7DE3">
       <w:r>
         <w:t xml:space="preserve">Velkommen </w:t>
       </w:r>
       <w:r w:rsidR="0038595C">
         <w:t>til vår barnehage! Vi gleder oss til å bli kjent med barna og dere foresatte</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="004945D6" w:rsidR="005D7DE3" w:rsidP="005D7DE3" w:rsidRDefault="005D7DE3" w14:paraId="016ADCDC" w14:textId="3DDFF6AC">
+    <w:p w14:paraId="016ADCDC" w14:textId="3DDFF6AC" w:rsidR="005D7DE3" w:rsidRPr="004945D6" w:rsidRDefault="005D7DE3" w:rsidP="005D7DE3">
       <w:r>
         <w:t xml:space="preserve">Hos oss er </w:t>
       </w:r>
       <w:r w:rsidR="00975572">
         <w:t xml:space="preserve">vi opptatt av at alle barna skal </w:t>
       </w:r>
       <w:r w:rsidR="00664E27">
         <w:t>ha det bra</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004945D6">
         <w:t xml:space="preserve">og </w:t>
       </w:r>
       <w:r w:rsidR="00975572">
         <w:t>at alle skal ha de samme mulighetene</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="004945D6">
         <w:t xml:space="preserve"> Dette står også i rammeplanen for barnehagen</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004945D6">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D7DE3" w:rsidP="005D7DE3" w:rsidRDefault="005D7DE3" w14:paraId="7BA78962" w14:textId="77777777">
+    <w:p w14:paraId="7BA78962" w14:textId="77777777" w:rsidR="005D7DE3" w:rsidRDefault="005D7DE3" w:rsidP="005D7DE3">
       <w:pPr>
         <w:ind w:left="708"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“Barnehagen skal fremme likeverd og likestilling uavhengig av kjønn, funksjonsevne, seksuell orientering, kjønnsidentitet og kjønnsuttrykk, etnisitet, kultur, sosial status, språk, religion og livssyn. Barnehagen skal motvirke alle former for diskriminering og fremme nestekjærlighet. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="006866B3" w:rsidR="005D7DE3" w:rsidP="00664E27" w:rsidRDefault="006866B3" w14:paraId="654E6DE9" w14:textId="424B1A69">
+    <w:p w14:paraId="654E6DE9" w14:textId="424B1A69" w:rsidR="005D7DE3" w:rsidRPr="006866B3" w:rsidRDefault="006866B3" w:rsidP="00664E27">
       <w:r w:rsidRPr="006866B3">
         <w:t>Vi jobber for at alle barn skal</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> bli sett og få være den de er</w:t>
       </w:r>
       <w:r w:rsidR="000B09B9">
         <w:t xml:space="preserve">, og vi jobber for å fremme likeverd og likestilling i vår barnehage. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D7DE3" w:rsidP="0038595C" w:rsidRDefault="005D7DE3" w14:paraId="15A927AA" w14:textId="01E98954">
+    <w:p w14:paraId="15A927AA" w14:textId="01E98954" w:rsidR="005D7DE3" w:rsidRDefault="005D7DE3" w:rsidP="0038595C">
       <w:r>
         <w:t>Det gjør vi gjennom at;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D7DE3" w:rsidP="005D7DE3" w:rsidRDefault="005D7DE3" w14:paraId="15635431" w14:textId="41C0A60C">
-[...1 lines deleted...]
-        <w:pStyle w:val="Listeavsnitt"/>
+    <w:p w14:paraId="15635431" w14:textId="41C0A60C" w:rsidR="005D7DE3" w:rsidRDefault="005D7DE3" w:rsidP="005D7DE3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t>Vi oppfordrer til</w:t>
       </w:r>
       <w:r w:rsidR="0038595C">
-        <w:rPr/>
         <w:t xml:space="preserve"> at alle skal</w:t>
       </w:r>
-      <w:r w:rsidR="005D7DE3">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve"> lek</w:t>
       </w:r>
       <w:r w:rsidR="003A38B6">
-        <w:rPr/>
         <w:t>e med hverandre</w:t>
       </w:r>
       <w:r w:rsidR="1940F3F4">
-        <w:rPr/>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA27D0" w:rsidP="005D7DE3" w:rsidRDefault="00EA27D0" w14:paraId="3A3EAB7D" w14:textId="6756082A">
-[...1 lines deleted...]
-        <w:pStyle w:val="Listeavsnitt"/>
+    <w:p w14:paraId="3A3EAB7D" w14:textId="6756082A" w:rsidR="00EA27D0" w:rsidRDefault="00EA27D0" w:rsidP="005D7DE3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Vi lar barna få prøve </w:t>
       </w:r>
       <w:r w:rsidR="00206725">
-        <w:rPr/>
         <w:t xml:space="preserve">ut </w:t>
       </w:r>
-      <w:r w:rsidR="00EA27D0">
-        <w:rPr/>
+      <w:r>
         <w:t>ulike aktiviteter</w:t>
       </w:r>
       <w:r w:rsidR="00206725">
-        <w:rPr/>
         <w:t xml:space="preserve"> for å gi dem </w:t>
       </w:r>
       <w:r w:rsidR="005841B6">
-        <w:rPr/>
         <w:t>mange erfaringer og ferdigheter å velge i</w:t>
       </w:r>
       <w:r w:rsidR="3864AADA">
-        <w:rPr/>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D7DE3" w:rsidP="005D7DE3" w:rsidRDefault="005D7DE3" w14:paraId="1EA18E74" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Listeavsnitt"/>
+    <w:p w14:paraId="1EA18E74" w14:textId="77777777" w:rsidR="005D7DE3" w:rsidRDefault="005D7DE3" w:rsidP="005D7DE3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Vi feirer ulike høytider og nasjonaldager, ikke bare de som står i den norske kalenderen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D7DE3" w:rsidP="005D7DE3" w:rsidRDefault="005D7DE3" w14:paraId="36E2C9E3" w14:textId="2A9E1C29">
-[...1 lines deleted...]
-        <w:pStyle w:val="Listeavsnitt"/>
+    <w:p w14:paraId="36E2C9E3" w14:textId="2A9E1C29" w:rsidR="005D7DE3" w:rsidRDefault="005D7DE3" w:rsidP="005D7DE3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Vi </w:t>
       </w:r>
       <w:r w:rsidR="00B33CE6">
-        <w:rPr/>
         <w:t xml:space="preserve">viser </w:t>
       </w:r>
       <w:r w:rsidR="009F257B">
-        <w:rPr/>
         <w:t xml:space="preserve">fram </w:t>
       </w:r>
       <w:r w:rsidR="00B33CE6">
-        <w:rPr/>
         <w:t xml:space="preserve">og snakker </w:t>
       </w:r>
       <w:r w:rsidR="009F257B">
-        <w:rPr/>
         <w:t xml:space="preserve">om </w:t>
       </w:r>
       <w:r w:rsidR="00B33CE6">
-        <w:rPr/>
         <w:t>ulike familier</w:t>
       </w:r>
       <w:r w:rsidR="751781E3">
-        <w:rPr/>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D7DE3" w:rsidP="00B33CE6" w:rsidRDefault="005D7DE3" w14:paraId="0E56979B" w14:textId="393AAE23">
-[...1 lines deleted...]
-        <w:pStyle w:val="Listeavsnitt"/>
+    <w:p w14:paraId="0E56979B" w14:textId="393AAE23" w:rsidR="005D7DE3" w:rsidRDefault="005D7DE3" w:rsidP="00B33CE6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Vi voksne reflekterer over </w:t>
       </w:r>
       <w:r w:rsidR="00714C4B">
-        <w:rPr/>
         <w:t>hvilke</w:t>
       </w:r>
-      <w:r w:rsidR="005D7DE3">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve"> forventninger </w:t>
       </w:r>
       <w:r w:rsidR="00714C4B">
-        <w:rPr/>
         <w:t xml:space="preserve">vi har </w:t>
       </w:r>
-      <w:r w:rsidR="005D7DE3">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve">til </w:t>
       </w:r>
       <w:r w:rsidR="005841B6">
-        <w:rPr/>
         <w:t xml:space="preserve">gutter og jenter </w:t>
       </w:r>
-      <w:r w:rsidR="005D7DE3">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve">og jobber med å </w:t>
       </w:r>
       <w:r w:rsidR="00E45E21">
-        <w:rPr/>
         <w:t>se alle barna for hvem de er</w:t>
       </w:r>
       <w:r w:rsidR="7D348211">
-        <w:rPr/>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D7DE3" w:rsidP="005D7DE3" w:rsidRDefault="005D7DE3" w14:paraId="2B02DDC4" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Listeavsnitt"/>
+    <w:p w14:paraId="2B02DDC4" w14:textId="77777777" w:rsidR="005D7DE3" w:rsidRDefault="005D7DE3" w:rsidP="005D7DE3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Vi oppfordrer til bursdagsfeiringer som ikke er kjønnsdelte.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D7DE3" w:rsidP="005D7DE3" w:rsidRDefault="005D7DE3" w14:paraId="2802747B" w14:textId="77777777"/>
-    <w:p w:rsidR="005D7DE3" w:rsidP="005D7DE3" w:rsidRDefault="005D7DE3" w14:paraId="013B6914" w14:textId="77777777">
+    <w:p w14:paraId="2802747B" w14:textId="77777777" w:rsidR="005D7DE3" w:rsidRDefault="005D7DE3" w:rsidP="005D7DE3"/>
+    <w:p w14:paraId="013B6914" w14:textId="77777777" w:rsidR="005D7DE3" w:rsidRDefault="005D7DE3" w:rsidP="005D7DE3">
       <w:r w:rsidRPr="0D69E798">
         <w:t xml:space="preserve">Den som </w:t>
       </w:r>
       <w:r w:rsidRPr="5E25167D">
         <w:t xml:space="preserve">har </w:t>
       </w:r>
       <w:r w:rsidRPr="4EA77328">
         <w:t xml:space="preserve">hovedansvar </w:t>
       </w:r>
       <w:r w:rsidRPr="3D2A057D">
         <w:t>for dette i</w:t>
       </w:r>
       <w:r w:rsidRPr="15B63B52">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0F6D5C68">
         <w:t xml:space="preserve">barnehagen er </w:t>
       </w:r>
       <w:r w:rsidRPr="3D811896">
         <w:t xml:space="preserve">_______________________, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D7DE3" w:rsidP="005D7DE3" w:rsidRDefault="005D7DE3" w14:paraId="5F3AE84D" w14:textId="77777777">
+    <w:p w14:paraId="5F3AE84D" w14:textId="77777777" w:rsidR="005D7DE3" w:rsidRDefault="005D7DE3" w:rsidP="005D7DE3">
       <w:r w:rsidRPr="68DD319D">
         <w:t xml:space="preserve">Hilsen personalet </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA5458" w:rsidRDefault="00FA5458" w14:paraId="78CFC02F" w14:textId="3D811F6E"/>
-[...2 lines deleted...]
-        <w:pStyle w:val="Listeavsnitt"/>
+    <w:p w14:paraId="78CFC02F" w14:textId="3D811F6E" w:rsidR="00FA5458" w:rsidRDefault="00FA5458"/>
+    <w:p w14:paraId="0D4012F6" w14:textId="21768F06" w:rsidR="000B09B9" w:rsidRDefault="000B09B9" w:rsidP="00714C4B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000B09B9">
-      <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
-[...37 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="719A15D4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0" w:tplc="D360C134">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="805A8FBE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0AEA0324">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="BBECEC7C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="FDAC3A7C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="20885A82">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="7F64C0A2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="AA5AA820">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="5DC85C14">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="93744686">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:trackRevisions w:val="false"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000C67E9"/>
     <w:rsid w:val="000B09B9"/>
     <w:rsid w:val="000C67E9"/>
     <w:rsid w:val="00206725"/>
     <w:rsid w:val="00215789"/>
     <w:rsid w:val="0038595C"/>
     <w:rsid w:val="003A38B6"/>
     <w:rsid w:val="004945D6"/>
     <w:rsid w:val="005841B6"/>
     <w:rsid w:val="005A0BC2"/>
     <w:rsid w:val="005D7DE3"/>
     <w:rsid w:val="00664E27"/>
     <w:rsid w:val="006866B3"/>
     <w:rsid w:val="00714C4B"/>
     <w:rsid w:val="00975572"/>
     <w:rsid w:val="00975BFC"/>
     <w:rsid w:val="009F257B"/>
+    <w:rsid w:val="00AB232A"/>
     <w:rsid w:val="00B33CE6"/>
     <w:rsid w:val="00C0300B"/>
     <w:rsid w:val="00C1225E"/>
     <w:rsid w:val="00E45E21"/>
     <w:rsid w:val="00EA27D0"/>
+    <w:rsid w:val="00EC4FFF"/>
     <w:rsid w:val="00FA5458"/>
     <w:rsid w:val="1940F3F4"/>
     <w:rsid w:val="3864AADA"/>
     <w:rsid w:val="56CDA82A"/>
     <w:rsid w:val="6FC9B4C2"/>
     <w:rsid w:val="751781E3"/>
     <w:rsid w:val="7D348211"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="45A9608B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{D69E0009-2C93-4EA1-8175-EFB6E1CCA073}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="nb-NO" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -915,52 +821,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -1027,146 +933,147 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="005D7DE3"/>
   </w:style>
-  <w:style w:type="character" w:styleId="Standardskriftforavsnitt" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Vanligtabell" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Ingenliste" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Listeavsnitt">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="005D7DE3"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Merknadsreferanse">
+  <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005D7DE3"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Merknadstekst">
+  <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="MerknadstekstTegn"/>
+    <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005D7DE3"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="MerknadstekstTegn" w:customStyle="1">
-[...2 lines deleted...]
-    <w:link w:val="Merknadstekst"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="005D7DE3"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml" Id="R50fe29bbdabb45ff" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml" Id="R64f62184df72420e" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml" Id="Rd278439ba54b4cfd" /><Relationship Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml" Id="R8488a307566c4b1f" /><Relationship Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml" Id="Rb52c40ac109b4414" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office-tema">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -1429,68 +1336,68 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="bd358e47-464e-475d-a5a7-9fb3fa7ffae4">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="43e7e4c9-d60e-4513-b2f7-8ffd6e91b882" xsi:nil="true"/>
     <_Flow_SignoffStatus xmlns="bd358e47-464e-475d-a5a7-9fb3fa7ffae4" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
-</file>
-[...7 lines deleted...]
-</FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101001FD4D91D563B08438D9119668B40AB86" ma:contentTypeVersion="21" ma:contentTypeDescription="Opprett et nytt dokument." ma:contentTypeScope="" ma:versionID="95e05925e103b39ea3a15031969c1b6e">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e3317d8c-004b-454d-a623-33801b5a34ae" xmlns:ns3="bd358e47-464e-475d-a5a7-9fb3fa7ffae4" xmlns:ns4="43e7e4c9-d60e-4513-b2f7-8ffd6e91b882" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0be4e6757a6fb1d318cc2ccff25434b3" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="e3317d8c-004b-454d-a623-33801b5a34ae"/>
     <xsd:import namespace="bd358e47-464e-475d-a5a7-9fb3fa7ffae4"/>
     <xsd:import namespace="43e7e4c9-d60e-4513-b2f7-8ffd6e91b882"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:LastSharedByUser" minOccurs="0"/>
                 <xsd:element ref="ns2:LastSharedByTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
@@ -1730,101 +1637,108 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FF261934-54B5-47D4-A71C-7E4CCC497D3D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51AFDC9F-2A09-4C76-B91B-57687412D5D9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="bd358e47-464e-475d-a5a7-9fb3fa7ffae4"/>
     <ds:schemaRef ds:uri="43e7e4c9-d60e-4513-b2f7-8ffd6e91b882"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5287EF0B-0EDA-42BD-8665-07CFF590714E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="e3317d8c-004b-454d-a623-33801b5a34ae"/>
     <ds:schemaRef ds:uri="bd358e47-464e-475d-a5a7-9fb3fa7ffae4"/>
     <ds:schemaRef ds:uri="43e7e4c9-d60e-4513-b2f7-8ffd6e91b882"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <TotalTime></TotalTime>
+  <Pages>1</Pages>
+  <Words>194</Words>
+  <Characters>1110</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>9</Lines>
+  <Paragraphs>2</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>1302</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Marte Taylor Bye</dc:creator>
-  <keywords/>
+  <cp:keywords/>
   <dc:description/>
-  <lastModifiedBy>Lindis Sloan</lastModifiedBy>
-  <revision>21</revision>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</coreProperties>
+</cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001FD4D91D563B08438D9119668B40AB86</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>